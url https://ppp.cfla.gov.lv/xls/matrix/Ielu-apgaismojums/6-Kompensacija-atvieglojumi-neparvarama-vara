--- v0 (2025-10-27)
+++ v1 (2026-02-10)
@@ -513,64 +513,72 @@
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
     <border>
       <left style="dotted">
         <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="14">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
@@ -1992,43 +2000,44 @@
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>