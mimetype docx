--- v0 (2026-01-20)
+++ v1 (2026-03-09)
@@ -2278,51 +2278,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5774B252"/>
+    <w:nsid w:val="9C2AF18B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2426,51 +2426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="ECF87D38"/>
+    <w:nsid w:val="63632801"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2574,51 +2574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="24ABB085"/>
+    <w:nsid w:val="EAE9DD86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2722,51 +2722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4552BAF7"/>
+    <w:nsid w:val="5AB21B48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2870,51 +2870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="88B68210"/>
+    <w:nsid w:val="599F8FA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3018,51 +3018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="75C69F57"/>
+    <w:nsid w:val="89CF2EE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3166,51 +3166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="61D693DD"/>
+    <w:nsid w:val="17F2AC5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3314,51 +3314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="643D21DB"/>
+    <w:nsid w:val="48AF937B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3462,51 +3462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="703A45F4"/>
+    <w:nsid w:val="A75B5EA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3610,51 +3610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="4E0C0C0F"/>
+    <w:nsid w:val="D482B4A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3758,51 +3758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="238C65A6"/>
+    <w:nsid w:val="C5B9DA63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3906,51 +3906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="07A4DD80"/>
+    <w:nsid w:val="EF171E3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4054,51 +4054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="57046AB4"/>
+    <w:nsid w:val="168991B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4202,51 +4202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="E6ACF0B8"/>
+    <w:nsid w:val="5B5B8CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4350,51 +4350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="47303CD9"/>
+    <w:nsid w:val="3F771271"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4498,51 +4498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D13B7D24"/>
+    <w:nsid w:val="720077DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>