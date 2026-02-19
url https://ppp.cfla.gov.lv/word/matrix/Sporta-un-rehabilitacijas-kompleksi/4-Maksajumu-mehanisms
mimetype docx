--- v0 (2025-12-31)
+++ v1 (2026-02-19)
@@ -3591,51 +3591,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A1C64F37"/>
+    <w:nsid w:val="604AF31E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3739,51 +3739,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="D75E6E81"/>
+    <w:nsid w:val="445E1733"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3887,51 +3887,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="E69D1715"/>
+    <w:nsid w:val="7668A27E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4035,51 +4035,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4681BE1F"/>
+    <w:nsid w:val="21AF13D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4183,51 +4183,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="F6B4B036"/>
+    <w:nsid w:val="914EE5C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4331,51 +4331,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="808C22C5"/>
+    <w:nsid w:val="FE1580F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4479,51 +4479,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="F95B1CAF"/>
+    <w:nsid w:val="A901A146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4627,51 +4627,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="72DD1164"/>
+    <w:nsid w:val="A154A4B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4775,51 +4775,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="43088742"/>
+    <w:nsid w:val="58785263"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4923,51 +4923,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="5277D412"/>
+    <w:nsid w:val="2AD95445"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5071,51 +5071,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D2DC113B"/>
+    <w:nsid w:val="30B1D8D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5219,51 +5219,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="4D1FB23E"/>
+    <w:nsid w:val="86C62407"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5367,51 +5367,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="9D8150DE"/>
+    <w:nsid w:val="024832E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5515,51 +5515,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C313A345"/>
+    <w:nsid w:val="F4A496C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5663,51 +5663,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="FB625A80"/>
+    <w:nsid w:val="43D0281D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5811,51 +5811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="30723F6E"/>
+    <w:nsid w:val="F24F6095"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5959,51 +5959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="560E4C34"/>
+    <w:nsid w:val="A433F680"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6107,51 +6107,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="E2628316"/>
+    <w:nsid w:val="14489186"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6255,51 +6255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="63FDF2B1"/>
+    <w:nsid w:val="46F2F646"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6403,51 +6403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="574172CB"/>
+    <w:nsid w:val="378E017C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>