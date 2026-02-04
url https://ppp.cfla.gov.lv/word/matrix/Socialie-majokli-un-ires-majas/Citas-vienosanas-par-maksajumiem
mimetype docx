--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -2635,51 +2635,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0AD52379"/>
+    <w:nsid w:val="DCB476C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2783,51 +2783,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="60E688B9"/>
+    <w:nsid w:val="E0C36D21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2931,51 +2931,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="5A4D9AE4"/>
+    <w:nsid w:val="EB7B8676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3079,51 +3079,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="B8A3DB3D"/>
+    <w:nsid w:val="022F76FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3227,51 +3227,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="591D949D"/>
+    <w:nsid w:val="E4FB9475"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3375,51 +3375,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="517E2689"/>
+    <w:nsid w:val="D14AB993"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3523,51 +3523,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="8EBC7909"/>
+    <w:nsid w:val="9C3A863A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3671,51 +3671,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="B930B0F6"/>
+    <w:nsid w:val="6FDFCDE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3819,51 +3819,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="14508D79"/>
+    <w:nsid w:val="4DE82B50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3967,51 +3967,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="73F3C647"/>
+    <w:nsid w:val="ABA614CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4115,51 +4115,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="583BE8C5"/>
+    <w:nsid w:val="63CAE494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4263,51 +4263,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="2257DFC8"/>
+    <w:nsid w:val="D8CADAD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>