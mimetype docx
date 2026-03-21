--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -2635,51 +2635,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DCB476C4"/>
+    <w:nsid w:val="08ABF642"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2783,51 +2783,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E0C36D21"/>
+    <w:nsid w:val="E206DFBC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2931,51 +2931,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="EB7B8676"/>
+    <w:nsid w:val="1AA5214D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3079,51 +3079,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="022F76FD"/>
+    <w:nsid w:val="DA97AF11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3227,51 +3227,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="E4FB9475"/>
+    <w:nsid w:val="F3981FB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3375,51 +3375,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="D14AB993"/>
+    <w:nsid w:val="EA239D85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3523,51 +3523,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="9C3A863A"/>
+    <w:nsid w:val="CD9BF3C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3671,51 +3671,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="6FDFCDE1"/>
+    <w:nsid w:val="CEA19F33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3819,51 +3819,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="4DE82B50"/>
+    <w:nsid w:val="85B8D4F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3967,51 +3967,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="ABA614CD"/>
+    <w:nsid w:val="56F54979"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4115,51 +4115,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="63CAE494"/>
+    <w:nsid w:val="E8ACD861"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4263,51 +4263,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D8CADAD9"/>
+    <w:nsid w:val="62F844E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>