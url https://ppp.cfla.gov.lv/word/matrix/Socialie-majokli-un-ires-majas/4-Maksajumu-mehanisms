--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -3705,51 +3705,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3C016A19"/>
+    <w:nsid w:val="C3D27562"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3853,51 +3853,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F33593F9"/>
+    <w:nsid w:val="529433B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4001,51 +4001,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="461F693B"/>
+    <w:nsid w:val="832FBF57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4149,51 +4149,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="B3AE33AD"/>
+    <w:nsid w:val="2CFC2913"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4297,51 +4297,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="D375BC67"/>
+    <w:nsid w:val="6A6ACF0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4445,51 +4445,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6182EE98"/>
+    <w:nsid w:val="FECFE833"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4593,51 +4593,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="3FB495A5"/>
+    <w:nsid w:val="BC376C83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4741,51 +4741,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="3D781FEF"/>
+    <w:nsid w:val="3F5B0361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4889,51 +4889,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="780B55CB"/>
+    <w:nsid w:val="06E6BB1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5037,51 +5037,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="87EBDD7B"/>
+    <w:nsid w:val="5E5BBD5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5185,51 +5185,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="DC5E79EB"/>
+    <w:nsid w:val="EF0373DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5333,51 +5333,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="B0F6EC60"/>
+    <w:nsid w:val="9BBE5E43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5481,51 +5481,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="2AB8DBC0"/>
+    <w:nsid w:val="BC2285D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5629,51 +5629,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="3421925F"/>
+    <w:nsid w:val="E10F1CD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5777,51 +5777,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="1823BAEF"/>
+    <w:nsid w:val="5D2C15C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5925,51 +5925,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="CC8559FE"/>
+    <w:nsid w:val="7DB2F93C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6073,51 +6073,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="118FE1E8"/>
+    <w:nsid w:val="70153055"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6221,51 +6221,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="2EFC081A"/>
+    <w:nsid w:val="EF380B0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6369,51 +6369,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="B977D482"/>
+    <w:nsid w:val="E727DC4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6517,51 +6517,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="DEDA304F"/>
+    <w:nsid w:val="D164F7BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>