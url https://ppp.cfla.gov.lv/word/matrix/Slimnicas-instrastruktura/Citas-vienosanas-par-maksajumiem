--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -2620,51 +2620,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5043519D"/>
+    <w:nsid w:val="BF1706E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2768,51 +2768,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="AB66BA34"/>
+    <w:nsid w:val="B2C09A63"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2916,51 +2916,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="D43BB3BD"/>
+    <w:nsid w:val="289BE0E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3064,51 +3064,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="DB283E6E"/>
+    <w:nsid w:val="4C1D6828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3212,51 +3212,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="660570AF"/>
+    <w:nsid w:val="D0458DD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3360,51 +3360,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="E28AB3C9"/>
+    <w:nsid w:val="61A773EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3508,51 +3508,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="03477819"/>
+    <w:nsid w:val="18F17CAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3656,51 +3656,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="F0B9C6F9"/>
+    <w:nsid w:val="9E9731F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3804,51 +3804,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="0C4D16B6"/>
+    <w:nsid w:val="694806C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3952,51 +3952,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="89753619"/>
+    <w:nsid w:val="8E585A7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4100,51 +4100,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="0A11B364"/>
+    <w:nsid w:val="361136BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>