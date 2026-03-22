--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -2620,51 +2620,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BF1706E3"/>
+    <w:nsid w:val="4865C758"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2768,51 +2768,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B2C09A63"/>
+    <w:nsid w:val="6C5D0F6C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2916,51 +2916,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="289BE0E4"/>
+    <w:nsid w:val="0A9884FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3064,51 +3064,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4C1D6828"/>
+    <w:nsid w:val="BF605F99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3212,51 +3212,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="D0458DD0"/>
+    <w:nsid w:val="7288E55A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3360,51 +3360,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="61A773EC"/>
+    <w:nsid w:val="62EC2B37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3508,51 +3508,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="18F17CAA"/>
+    <w:nsid w:val="7CD41622"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3656,51 +3656,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="9E9731F9"/>
+    <w:nsid w:val="E7422881"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3804,51 +3804,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="694806C7"/>
+    <w:nsid w:val="49247B32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3952,51 +3952,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="8E585A7A"/>
+    <w:nsid w:val="97BCDE37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4100,51 +4100,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="361136BE"/>
+    <w:nsid w:val="7AFB699C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>