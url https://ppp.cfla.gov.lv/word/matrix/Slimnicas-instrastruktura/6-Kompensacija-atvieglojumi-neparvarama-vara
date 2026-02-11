--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -2278,51 +2278,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="449EF2D3"/>
+    <w:nsid w:val="F3F11621"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2426,51 +2426,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="D9CB60FC"/>
+    <w:nsid w:val="A5246F71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2574,51 +2574,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="437609D6"/>
+    <w:nsid w:val="510E43A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2722,51 +2722,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="537CCC7F"/>
+    <w:nsid w:val="5C874B97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2870,51 +2870,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="3EEB2252"/>
+    <w:nsid w:val="8602CD3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3018,51 +3018,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="22623A7A"/>
+    <w:nsid w:val="39079EF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3166,51 +3166,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="E2024DF3"/>
+    <w:nsid w:val="CCAFDEC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3314,51 +3314,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="F31EABFB"/>
+    <w:nsid w:val="FE010B55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3462,51 +3462,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8F2F7793"/>
+    <w:nsid w:val="8E360F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3610,51 +3610,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E4091ABD"/>
+    <w:nsid w:val="FCBD6785"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3758,51 +3758,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="216F2B5E"/>
+    <w:nsid w:val="AFAAF72E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3906,51 +3906,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="C2363B5F"/>
+    <w:nsid w:val="B18436D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4054,51 +4054,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="0F0B0C65"/>
+    <w:nsid w:val="0B528ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4202,51 +4202,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="063A513C"/>
+    <w:nsid w:val="A874013D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4350,51 +4350,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="A7713AC9"/>
+    <w:nsid w:val="B8986B28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4498,51 +4498,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="D0D9F4FB"/>
+    <w:nsid w:val="9DC1CDD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>