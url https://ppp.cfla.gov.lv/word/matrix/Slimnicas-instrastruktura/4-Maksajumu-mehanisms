--- v0 (2025-12-17)
+++ v1 (2026-02-19)
@@ -3559,51 +3559,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="502BF408"/>
+    <w:nsid w:val="D0386423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3707,51 +3707,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="57E12D38"/>
+    <w:nsid w:val="07ACD374"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3855,51 +3855,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0EAB624E"/>
+    <w:nsid w:val="6C8350A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4003,51 +4003,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="ECE02F03"/>
+    <w:nsid w:val="048C0089"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4151,51 +4151,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="A06F4CD9"/>
+    <w:nsid w:val="39852D61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4299,51 +4299,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="A3FD747C"/>
+    <w:nsid w:val="F793C77A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4447,51 +4447,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="527BE7FD"/>
+    <w:nsid w:val="2237D3E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4595,51 +4595,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="3E8B3DE0"/>
+    <w:nsid w:val="120919F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4743,51 +4743,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8780D4D3"/>
+    <w:nsid w:val="A58EA8A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4891,51 +4891,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="D037ECFD"/>
+    <w:nsid w:val="00763B4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5039,51 +5039,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D4CB0F34"/>
+    <w:nsid w:val="339DA720"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5187,51 +5187,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="17CCB5CE"/>
+    <w:nsid w:val="60B73629"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5335,51 +5335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="80E2FB13"/>
+    <w:nsid w:val="8379B83A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5483,51 +5483,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="A6858807"/>
+    <w:nsid w:val="6019B528"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5631,51 +5631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="8707E909"/>
+    <w:nsid w:val="EC75879A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5779,51 +5779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="67F75F9A"/>
+    <w:nsid w:val="57137621"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5927,51 +5927,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="1AE67673"/>
+    <w:nsid w:val="3238B2B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6075,51 +6075,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="D2FE9530"/>
+    <w:nsid w:val="14053444"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6223,51 +6223,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="79D6FB4D"/>
+    <w:nsid w:val="EAC40E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6371,51 +6371,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="366AE156"/>
+    <w:nsid w:val="3CA3EC25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>