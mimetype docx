--- v0 (2025-12-14)
+++ v1 (2026-02-11)
@@ -3556,51 +3556,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="54DB6DDE"/>
+    <w:nsid w:val="0B9AECC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3704,51 +3704,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="DFF4D15E"/>
+    <w:nsid w:val="B1E03E2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3852,51 +3852,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="476D1D27"/>
+    <w:nsid w:val="E76A7238"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4000,51 +4000,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="DF860627"/>
+    <w:nsid w:val="4608EF89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4148,51 +4148,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="DFEF618C"/>
+    <w:nsid w:val="34349103"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4296,51 +4296,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="C992B53B"/>
+    <w:nsid w:val="9FA1FD74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4444,51 +4444,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="C1A7B22D"/>
+    <w:nsid w:val="846D2A25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4592,51 +4592,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="D0EC1895"/>
+    <w:nsid w:val="7BC196FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4740,51 +4740,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="9DFBECF8"/>
+    <w:nsid w:val="8262C73C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4888,51 +4888,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="A2086A51"/>
+    <w:nsid w:val="76B6E511"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5036,51 +5036,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="473CC57A"/>
+    <w:nsid w:val="3DF4B708"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5184,51 +5184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="F0F77D4C"/>
+    <w:nsid w:val="D3F7104A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5332,51 +5332,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="7AB84633"/>
+    <w:nsid w:val="50E0269E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5480,51 +5480,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="43D9A0B4"/>
+    <w:nsid w:val="C3772F46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5628,51 +5628,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="7106020B"/>
+    <w:nsid w:val="CAEA877B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5776,51 +5776,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="84C44D16"/>
+    <w:nsid w:val="A68799BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5924,51 +5924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="74F74F8E"/>
+    <w:nsid w:val="B38B2B2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6072,51 +6072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="0AE14ED5"/>
+    <w:nsid w:val="C0E24A63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6220,51 +6220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="2DA9661C"/>
+    <w:nsid w:val="9D69F698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6368,51 +6368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="5A86570D"/>
+    <w:nsid w:val="C2E6F51A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>