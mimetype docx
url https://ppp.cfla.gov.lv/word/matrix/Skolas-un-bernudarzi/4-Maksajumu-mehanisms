--- v1 (2026-02-11)
+++ v2 (2026-03-30)
@@ -3556,51 +3556,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B9AECC8"/>
+    <w:nsid w:val="9F79D179"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3704,51 +3704,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B1E03E2A"/>
+    <w:nsid w:val="25B5139A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3852,51 +3852,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="E76A7238"/>
+    <w:nsid w:val="4BD6C19C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4000,51 +4000,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4608EF89"/>
+    <w:nsid w:val="2B5AF9D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4148,51 +4148,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="34349103"/>
+    <w:nsid w:val="12FC3FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4296,51 +4296,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="9FA1FD74"/>
+    <w:nsid w:val="D7F0122F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4444,51 +4444,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="846D2A25"/>
+    <w:nsid w:val="C38C0E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4592,51 +4592,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="7BC196FD"/>
+    <w:nsid w:val="FE2B4A20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4740,51 +4740,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="8262C73C"/>
+    <w:nsid w:val="CC085728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4888,51 +4888,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="76B6E511"/>
+    <w:nsid w:val="3401E05F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5036,51 +5036,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="3DF4B708"/>
+    <w:nsid w:val="BA3B1AE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5184,51 +5184,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="D3F7104A"/>
+    <w:nsid w:val="2A4AC6AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5332,51 +5332,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="50E0269E"/>
+    <w:nsid w:val="00A1A868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5480,51 +5480,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="C3772F46"/>
+    <w:nsid w:val="53779D46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5628,51 +5628,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="CAEA877B"/>
+    <w:nsid w:val="587BDEF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5776,51 +5776,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="A68799BC"/>
+    <w:nsid w:val="98199C36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5924,51 +5924,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="B38B2B2A"/>
+    <w:nsid w:val="7BFAD4F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6072,51 +6072,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="C0E24A63"/>
+    <w:nsid w:val="DDFB07E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6220,51 +6220,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="9D69F698"/>
+    <w:nsid w:val="0C9A85FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6368,51 +6368,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="C2E6F51A"/>
+    <w:nsid w:val="051E2E30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>