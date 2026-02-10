--- v0 (2025-12-24)
+++ v1 (2026-02-10)
@@ -1663,51 +1663,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1713B4D2"/>
+    <w:nsid w:val="777521EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1811,51 +1811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="AFD17007"/>
+    <w:nsid w:val="33269475"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1959,51 +1959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2DBA0FDE"/>
+    <w:nsid w:val="713EBCEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2107,51 +2107,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="5490EFC3"/>
+    <w:nsid w:val="5163BCB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2255,51 +2255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="B8D7620F"/>
+    <w:nsid w:val="B25EAAB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2403,51 +2403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6E5C3AF2"/>
+    <w:nsid w:val="6BB71936"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2551,51 +2551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="2D181F02"/>
+    <w:nsid w:val="CFA996F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>