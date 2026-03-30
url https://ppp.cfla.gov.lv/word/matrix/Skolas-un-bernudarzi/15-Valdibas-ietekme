--- v1 (2026-02-10)
+++ v2 (2026-03-30)
@@ -1663,51 +1663,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="777521EE"/>
+    <w:nsid w:val="45591B65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1811,51 +1811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="33269475"/>
+    <w:nsid w:val="684205AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1959,51 +1959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="713EBCEF"/>
+    <w:nsid w:val="18F34B5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2107,51 +2107,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="5163BCB3"/>
+    <w:nsid w:val="4E784D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2255,51 +2255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="B25EAAB5"/>
+    <w:nsid w:val="24E77C36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2403,51 +2403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="6BB71936"/>
+    <w:nsid w:val="47E4CE76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2551,51 +2551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="CFA996F2"/>
+    <w:nsid w:val="CF308FF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>