--- v0 (2025-12-17)
+++ v1 (2026-02-10)
@@ -3542,51 +3542,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="27984411"/>
+    <w:nsid w:val="23B1B227"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3690,51 +3690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A5B8B3ED"/>
+    <w:nsid w:val="37D6E498"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3838,51 +3838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8D9358B8"/>
+    <w:nsid w:val="B4479145"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3986,51 +3986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="A8724381"/>
+    <w:nsid w:val="9AE522F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4134,51 +4134,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="4BCA29BB"/>
+    <w:nsid w:val="E64FF625"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4282,51 +4282,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="093AC00A"/>
+    <w:nsid w:val="87E0A164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4430,51 +4430,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="D920C064"/>
+    <w:nsid w:val="8210BF16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4578,51 +4578,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="56EA6A26"/>
+    <w:nsid w:val="CDF578E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4726,51 +4726,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="43BC4208"/>
+    <w:nsid w:val="603B8C6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4874,51 +4874,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="3F18090A"/>
+    <w:nsid w:val="BD48A58B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5022,51 +5022,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="139CDBB9"/>
+    <w:nsid w:val="DE1565A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5170,51 +5170,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="7C1139DD"/>
+    <w:nsid w:val="B649923E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5318,51 +5318,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="EA2B6E0F"/>
+    <w:nsid w:val="5D2151DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5466,51 +5466,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="20A5BFD1"/>
+    <w:nsid w:val="E7DC217F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5614,51 +5614,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="472C407C"/>
+    <w:nsid w:val="BF67C54D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5762,51 +5762,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="6B5C7848"/>
+    <w:nsid w:val="CFCA6D0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5910,51 +5910,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="FE5B6AB5"/>
+    <w:nsid w:val="8E3ECD04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6058,51 +6058,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="F6ECA088"/>
+    <w:nsid w:val="3099F4C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6206,51 +6206,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="448CFFB8"/>
+    <w:nsid w:val="C42AED87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6354,51 +6354,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="D8810D17"/>
+    <w:nsid w:val="416F0D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>